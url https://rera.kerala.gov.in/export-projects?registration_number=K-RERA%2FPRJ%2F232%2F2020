--- v0 (2026-01-20)
+++ v1 (2026-03-28)
@@ -65,51 +65,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>PRESTIGE CITYSCAPE</t>
   </si>
   <si>
     <t>THOMSUN REALTORS PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Residential (Apartment)</t>
   </si>
   <si>
     <t>2018-10-13</t>
   </si>
   <si>
-    <t>2026-06-30</t>
+    <t>2025-06-30</t>
   </si>
   <si>
     <t>K-RERA/PRJ/232/2020</t>
   </si>
   <si>
     <t>2021-08-31</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Ernakulam</t>
   </si>
   <si>
     <t>MARADU</t>
   </si>
   <si>
     <t>Kanayannur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>