--- v0 (2026-01-21)
+++ v1 (2026-03-27)
@@ -74,51 +74,51 @@
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>Olive Karenina</t>
   </si>
   <si>
     <t>OLIVE BUILDERS</t>
   </si>
   <si>
     <t>Mixed (Commercial &amp; Residential)</t>
   </si>
   <si>
     <t>2017-01-06</t>
   </si>
   <si>
     <t>2026-03-31</t>
   </si>
   <si>
     <t>K-RERA/PRJ/352/2020</t>
   </si>
   <si>
     <t>2021-09-22</t>
   </si>
   <si>
-    <t>Inprogress</t>
+    <t>Completed</t>
   </si>
   <si>
     <t>Pathanamthitta</t>
   </si>
   <si>
     <t>THIRUVALLA</t>
   </si>
   <si>
     <t>Thiruvalla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>