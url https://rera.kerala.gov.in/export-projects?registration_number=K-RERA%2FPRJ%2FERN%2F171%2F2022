--- v0 (2026-01-20)
+++ v1 (2026-03-27)
@@ -74,51 +74,51 @@
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>SMS BODHI</t>
   </si>
   <si>
     <t>SMS BUILDERS</t>
   </si>
   <si>
     <t>Residential (Apartment)</t>
   </si>
   <si>
     <t>2022-10-07</t>
   </si>
   <si>
     <t>2026-04-07</t>
   </si>
   <si>
     <t>K-RERA/PRJ/ERN/171/2022</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
-    <t>Inprogress</t>
+    <t>Completed</t>
   </si>
   <si>
     <t>Ernakulam</t>
   </si>
   <si>
     <t>EDAPPALLY SOUTH</t>
   </si>
   <si>
     <t>Kanayannur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>