--- v0 (2026-01-20)
+++ v1 (2026-03-29)
@@ -65,51 +65,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>URBAN SERENITY</t>
   </si>
   <si>
     <t>FYNDAY PROJECTS LLP</t>
   </si>
   <si>
     <t>Villas (Plots &amp; Buildings)</t>
   </si>
   <si>
     <t>2023-07-01</t>
   </si>
   <si>
-    <t>2025-12-31</t>
+    <t>2026-12-31</t>
   </si>
   <si>
     <t>K-RERA/PRJ/ERN/194/2023</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Ernakulam</t>
   </si>
   <si>
     <t>CHERANALLUR</t>
   </si>
   <si>
     <t>Kanayannur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>