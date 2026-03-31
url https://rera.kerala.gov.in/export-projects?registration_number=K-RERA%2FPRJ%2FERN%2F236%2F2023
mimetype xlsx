--- v0 (2026-01-19)
+++ v1 (2026-03-31)
@@ -65,51 +65,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>Seasaga Living</t>
   </si>
   <si>
     <t>SEASAGA ENTERPRISES PVT LTD</t>
   </si>
   <si>
     <t>Villas (Plots &amp; Buildings)</t>
   </si>
   <si>
     <t>2023-05-16</t>
   </si>
   <si>
-    <t>2027-10-10</t>
+    <t>2026-10-17</t>
   </si>
   <si>
     <t>K-RERA/PRJ/ERN/236/2023</t>
   </si>
   <si>
     <t>2023-12-19</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Ernakulam</t>
   </si>
   <si>
     <t>CHENGAMANAD</t>
   </si>
   <si>
     <t>Aluva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -506,51 +506,51 @@
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="E2" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>19</v>
       </c>
       <c r="H2">
         <v>11</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
         <v>21</v>
       </c>
       <c r="L2" t="s">
         <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>