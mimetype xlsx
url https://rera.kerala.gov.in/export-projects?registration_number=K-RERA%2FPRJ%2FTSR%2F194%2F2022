--- v0 (2026-01-19)
+++ v1 (2026-03-28)
@@ -74,51 +74,51 @@
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>AUREX LIARD</t>
   </si>
   <si>
     <t>AUREX BUILDERS PVT LTD</t>
   </si>
   <si>
     <t>Residential (Apartment)</t>
   </si>
   <si>
     <t>2022-12-10</t>
   </si>
   <si>
     <t>2026-11-30</t>
   </si>
   <si>
     <t>K-RERA/PRJ/TSR/194/2022</t>
   </si>
   <si>
     <t>2022-11-26</t>
   </si>
   <si>
-    <t>Inprogress</t>
+    <t>Completed</t>
   </si>
   <si>
     <t>Thrissur</t>
   </si>
   <si>
     <t>KILLANNUR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -503,51 +503,51 @@
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="E2" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>19</v>
       </c>
       <c r="H2">
         <v>31</v>
       </c>
       <c r="I2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
         <v>21</v>
       </c>
       <c r="L2" t="s">
         <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>