--- v0 (2026-01-20)
+++ v1 (2026-03-27)
@@ -53,51 +53,51 @@
   <si>
     <t>Certificate No</t>
   </si>
   <si>
     <t>Certificate Date</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Sold</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
-    <t>Raja Park's CASA NUEVA</t>
+    <t>Raja Parks CASA NUEVA</t>
   </si>
   <si>
     <t>CASA NUEVA VILLAS LLP</t>
   </si>
   <si>
     <t>Plots</t>
   </si>
   <si>
     <t>2023-01-23</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>K-RERA/PRJ/TVM/056/2023</t>
   </si>
   <si>
     <t>2023-03-27</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Thiruvananthapuram</t>
   </si>