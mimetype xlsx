--- v0 (2026-01-19)
+++ v1 (2026-03-26)
@@ -65,51 +65,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>greenest ONE</t>
   </si>
   <si>
     <t>GREENEST BUILDINGS AND BUSINESS PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Villas (Plots &amp; Buildings)</t>
   </si>
   <si>
     <t>2022-06-01</t>
   </si>
   <si>
-    <t>2026-06-30</t>
+    <t>2025-06-30</t>
   </si>
   <si>
     <t>K-RERA/PRJ/TVM/092/2022</t>
   </si>
   <si>
     <t>2022-05-28</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Thiruvananthapuram</t>
   </si>
   <si>
     <t>ULIYAZHATHURA</t>
   </si>
   <si>
     <t>THIRUVANANTHAPRUAM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>