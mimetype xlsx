--- v0 (2026-01-20)
+++ v1 (2026-03-28)
@@ -65,51 +65,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Taluk</t>
   </si>
   <si>
     <t>Aero Homes</t>
   </si>
   <si>
     <t>Kerala HealthCare P Ltd</t>
   </si>
   <si>
     <t>Mixed (Commercial &amp; Residential)</t>
   </si>
   <si>
     <t>2021-10-01</t>
   </si>
   <si>
-    <t>2026-03-31</t>
+    <t>2025-03-31</t>
   </si>
   <si>
     <t>K-RERA/PRJ/TVM/173/2022</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>Inprogress</t>
   </si>
   <si>
     <t>Thiruvananthapuram</t>
   </si>
   <si>
     <t>KADAKAMPALLY</t>
   </si>
   <si>
     <t>THIRUVANANTHAPRUAM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>